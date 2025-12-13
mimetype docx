--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -7738,51 +7738,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="96C3BC4A"/>
+    <w:nsid w:val="7817D423"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>