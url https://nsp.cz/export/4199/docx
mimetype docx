--- v1 (2025-12-13)
+++ v2 (2026-01-28)
@@ -6795,94 +6795,94 @@
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2.3</w:t>
+              <w:t xml:space="preserve">2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Spolupráce prostřednictvím digitálních technologií  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2.4</w:t>
+              <w:t xml:space="preserve">2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Netiketa  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
@@ -7738,51 +7738,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="7817D423"/>
+    <w:nsid w:val="3C176636"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>