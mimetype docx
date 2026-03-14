--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -2209,1607 +2209,66 @@
             <w:tcW w:w="3000" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">http://data.europa.eu/esco/isco/C4323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc8"/>
       <w:r>
         <w:t>Pracovní podmínky</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:tbl>
-[...1542 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rizikové faktory pracovních podmínek a vyskytující se druhy zátěže upravuje nařízení vlády č. 361/2007 Sb., kterým se stanoví podmínky ochrany zdraví při práci, zákon č. 258/2000 Sb., o ochraně veřejného zdraví a zákon č. 262/2006 Sb., zákoník práce. Vždy vyplývají z pracovních podmínek, které se vztahují ke konkrétnímu zaměstnavateli, tudíž se mohou u různých zaměstnavatelů lišit.</w:t>
+      </w:r>
+    </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-    </w:p>
+        <w:rPr/>
+        <w:t xml:space="preserve">Určení míry výskytu faktorů, které mohou ovlivnit zdraví při práci vychází z druhu práce vykonávané na pracovišti. Faktory se zařazují do čtyř kategorií dle míry zdravotního rizika a jeho vlivu na zdraví. O zařazení prací do třetí nebo čtvrté kategorie rozhoduje příslušný orgán ochrany veřejného zdraví.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Stupeň zátěže (minimální zdravotní riziko) - Faktor se při výkonu práce nevyskytuje nebo je zátěž faktorem minimální, vliv faktoru je ze zdravotního hlediska nevýznamný.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
       </w:pPr>
       <w:r>
@@ -7738,51 +6197,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="3C176636"/>
+    <w:nsid w:val="743418B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>